--- v0 (2025-10-09)
+++ v1 (2025-12-01)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8651284319bb4a5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2de2d3bbf5c4d0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R667b447ac5d046f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rba0dfc6cbf524f89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="1">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92912e6871d44f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R667b447ac5d046f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2547aae2221b4f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rba0dfc6cbf524f89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Product</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sku</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Wastebasket RecyclingLarge 39L Blue</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FG295773BLUE</x:v>
       </x:c>
     </x:row>