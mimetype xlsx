--- v1 (2025-12-01)
+++ v2 (2026-01-15)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2de2d3bbf5c4d0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dbd486a73994181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rba0dfc6cbf524f89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6b375b5029ce4258"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="1">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2547aae2221b4f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rba0dfc6cbf524f89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18614e2f32174ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6b375b5029ce4258" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Product</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sku</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Wastebasket RecyclingLarge 39L Blue</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FG295773BLUE</x:v>
       </x:c>
     </x:row>