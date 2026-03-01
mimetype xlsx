--- v2 (2026-01-15)
+++ v3 (2026-03-01)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dbd486a73994181" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dd14b3b96774e33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6b375b5029ce4258"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3d05fa12e2c54af2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="1">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18614e2f32174ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6b375b5029ce4258" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf50215ba9434f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3d05fa12e2c54af2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Product</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sku</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Wastebasket RecyclingLarge 39L Blue</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FG295773BLUE</x:v>
       </x:c>
     </x:row>