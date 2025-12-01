--- v0 (2025-10-09)
+++ v1 (2025-12-01)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb26a1a3dd9de45fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1320de4083b4340" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6a2a0a7aa13b40eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R516438b75e7f42b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="1">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e2cb4476e0e42b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6a2a0a7aa13b40eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra83b9a93b5e549f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R516438b75e7f42b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Product</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sku</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>WaveBrake® 33L Side-Press Bucket and Wringer, Yellow</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FG758088YEL</x:v>
       </x:c>
     </x:row>