--- v1 (2025-12-01)
+++ v2 (2026-01-15)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1320de4083b4340" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8e58695df140d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R516438b75e7f42b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbc49f2323953468e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="1">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra83b9a93b5e549f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R516438b75e7f42b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc66d3f4bd5ed4c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbc49f2323953468e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Product</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sku</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>WaveBrake® 33L Side-Press Bucket and Wringer, Yellow</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FG758088YEL</x:v>
       </x:c>
     </x:row>