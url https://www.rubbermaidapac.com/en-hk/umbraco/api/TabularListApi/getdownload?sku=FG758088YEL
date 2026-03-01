--- v2 (2026-01-15)
+++ v3 (2026-03-01)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8e58695df140d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e63bbb2856a48cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbc49f2323953468e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3139513504a74b2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="1">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc66d3f4bd5ed4c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbc49f2323953468e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b2992a6ede44ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3139513504a74b2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Product</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sku</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>WaveBrake® 33L Side-Press Bucket and Wringer, Yellow</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FG758088YEL</x:v>
       </x:c>
     </x:row>